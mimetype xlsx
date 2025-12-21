--- v0 (2025-10-22)
+++ v1 (2025-12-21)
@@ -2,60 +2,60 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="27231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://d.docs.live.net/b3c6c6d80a453368/Documentos/Meus documentos/Google Drive/Marcia/CAPADGOMS/Docs para pagina Avaliação Docente/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://d.docs.live.net/559ae1739e677d7c/Área de Trabalho/CAP analise dimensoes/analise itens RAD 2025-2026/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="11_6B07F934705B1703510778CDA76B90ED18179076" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{F500AAA0-1B65-4FA2-9B6A-73558686E004}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11160" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="2688" yWindow="2688" windowWidth="17592" windowHeight="8880" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="FORMULÁRIO" sheetId="16" r:id="rId1"/>
     <sheet name="PONTUAÇÕES" sheetId="12" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">FORMULÁRIO!$A$1:$I$49</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -1987,1481 +1987,1481 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Plan1"/>
   <dimension ref="A1:Q48"/>
   <sheetViews>
-    <sheetView showGridLines="0" view="pageBreakPreview" topLeftCell="A36" zoomScale="70" zoomScaleNormal="70" zoomScaleSheetLayoutView="70" workbookViewId="0">
+    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" zoomScale="70" zoomScaleNormal="70" zoomScaleSheetLayoutView="70" workbookViewId="0">
       <selection activeCell="A8" sqref="A8:E8"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="40.28515625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="16.42578125" customWidth="1"/>
+    <col min="1" max="1" width="40.33203125" customWidth="1"/>
+    <col min="2" max="2" width="39.44140625" customWidth="1"/>
+    <col min="3" max="3" width="16.44140625" customWidth="1"/>
     <col min="4" max="4" width="20" customWidth="1"/>
-    <col min="5" max="5" width="16.42578125" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="17" max="17" width="9.140625" hidden="1" customWidth="1"/>
+    <col min="5" max="5" width="16.44140625" customWidth="1"/>
+    <col min="6" max="6" width="20.6640625" customWidth="1"/>
+    <col min="7" max="8" width="16.44140625" customWidth="1"/>
+    <col min="9" max="9" width="30.6640625" customWidth="1"/>
+    <col min="11" max="11" width="12.44140625" hidden="1" customWidth="1"/>
+    <col min="12" max="12" width="9.5546875" hidden="1" customWidth="1"/>
+    <col min="13" max="13" width="11.44140625" hidden="1" customWidth="1"/>
+    <col min="14" max="14" width="13.6640625" hidden="1" customWidth="1"/>
+    <col min="15" max="15" width="10.88671875" hidden="1" customWidth="1"/>
+    <col min="16" max="16" width="12.5546875" hidden="1" customWidth="1"/>
+    <col min="17" max="17" width="9.109375" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:16" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="K1" s="37" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="38" t="s">
         <v>40</v>
       </c>
       <c r="M1" s="38" t="s">
         <v>11</v>
       </c>
       <c r="N1" s="38" t="s">
         <v>12</v>
       </c>
       <c r="O1" s="38" t="s">
         <v>41</v>
       </c>
       <c r="P1" s="39" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="2" spans="1:16" s="61" customFormat="1" ht="21.75" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="2" spans="1:16" s="61" customFormat="1" ht="21.6" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A2" s="66" t="s">
         <v>57</v>
       </c>
       <c r="B2" s="66"/>
       <c r="C2" s="66"/>
       <c r="D2" s="66"/>
       <c r="E2" s="66"/>
       <c r="F2" s="66"/>
       <c r="G2" s="66"/>
       <c r="H2" s="66"/>
       <c r="I2" s="66"/>
       <c r="K2" s="62">
         <v>0</v>
       </c>
       <c r="L2" s="63">
         <v>0.125</v>
       </c>
       <c r="M2" s="63">
         <v>0.25</v>
       </c>
       <c r="N2" s="63">
         <v>0.375</v>
       </c>
       <c r="O2" s="64">
         <v>0.5</v>
       </c>
       <c r="P2" s="65">
         <v>0.625</v>
       </c>
     </row>
-    <row r="3" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="3" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A3" s="6"/>
       <c r="B3" s="6"/>
       <c r="C3" s="2"/>
       <c r="D3" s="60" t="s">
         <v>62</v>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="6"/>
       <c r="G3" s="6"/>
       <c r="H3" s="6"/>
       <c r="K3" s="31">
         <v>0</v>
       </c>
       <c r="L3" s="32">
         <v>7.4999999999999997E-2</v>
       </c>
       <c r="M3" s="32">
         <v>0.15</v>
       </c>
       <c r="N3" s="32">
         <v>0.22500000000000001</v>
       </c>
       <c r="O3" s="33">
         <v>0.3</v>
       </c>
       <c r="P3" s="34">
         <v>0.375</v>
       </c>
     </row>
-    <row r="4" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A4" s="67" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="67"/>
       <c r="C4" s="67"/>
       <c r="D4" s="67"/>
       <c r="E4" s="67"/>
       <c r="F4" s="67"/>
       <c r="G4" s="67"/>
       <c r="H4" s="67"/>
       <c r="I4" s="67"/>
       <c r="K4" s="31">
         <v>0</v>
       </c>
       <c r="L4" s="32">
         <v>0.1</v>
       </c>
       <c r="M4" s="32">
         <v>0.2</v>
       </c>
       <c r="N4" s="32">
         <v>0.3</v>
       </c>
       <c r="O4" s="33">
         <v>0.4</v>
       </c>
       <c r="P4" s="34">
         <v>0.5</v>
       </c>
     </row>
-    <row r="5" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="5" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A5" s="1"/>
       <c r="B5" s="1"/>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="1"/>
       <c r="H5" s="1"/>
       <c r="K5" s="42">
         <v>0</v>
       </c>
       <c r="L5" s="43">
         <v>0</v>
       </c>
       <c r="M5" s="43">
         <v>0</v>
       </c>
       <c r="N5" s="43">
         <v>0</v>
       </c>
       <c r="O5" s="44">
         <v>0</v>
       </c>
       <c r="P5" s="45">
         <v>0</v>
       </c>
     </row>
-    <row r="6" spans="1:16" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:16" ht="21.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="68" t="s">
         <v>64</v>
       </c>
       <c r="B6" s="69"/>
       <c r="C6" s="69"/>
       <c r="D6" s="69"/>
       <c r="E6" s="69"/>
       <c r="F6" s="68" t="s">
         <v>65</v>
       </c>
       <c r="G6" s="69"/>
       <c r="H6" s="70"/>
       <c r="I6" s="46" t="s">
         <v>59</v>
       </c>
       <c r="K6" t="str">
         <f>I8</f>
         <v>NÃO</v>
       </c>
       <c r="M6" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="7" spans="1:16" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:16" ht="21.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="68" t="s">
         <v>63</v>
       </c>
       <c r="B7" s="69"/>
       <c r="C7" s="69"/>
       <c r="D7" s="69"/>
       <c r="E7" s="69"/>
       <c r="F7" s="68" t="s">
         <v>60</v>
       </c>
       <c r="G7" s="69"/>
       <c r="H7" s="70"/>
       <c r="I7" s="46" t="s">
         <v>59</v>
       </c>
       <c r="M7" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="8" spans="1:16" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:16" ht="21.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="68" t="s">
         <v>66</v>
       </c>
       <c r="B8" s="69"/>
       <c r="C8" s="69"/>
       <c r="D8" s="69"/>
       <c r="E8" s="69"/>
       <c r="F8" s="68" t="s">
         <v>6</v>
       </c>
       <c r="G8" s="69"/>
       <c r="H8" s="70"/>
       <c r="I8" s="47" t="s">
         <v>56</v>
       </c>
       <c r="K8">
         <f>IF(K6="NÃO",2,IF(K6="SIM",3,0))</f>
         <v>2</v>
       </c>
       <c r="L8">
         <f>IF($K$6="SIM",4,5)</f>
         <v>5</v>
       </c>
     </row>
-    <row r="9" spans="1:16" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:16" ht="28.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="71"/>
       <c r="B9" s="71"/>
       <c r="C9" s="71"/>
       <c r="D9" s="71"/>
       <c r="E9" s="71"/>
       <c r="F9" s="71"/>
       <c r="G9" s="71"/>
       <c r="H9" s="71"/>
       <c r="I9" s="71"/>
     </row>
-    <row r="10" spans="1:16" ht="9" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="10" spans="1:16" ht="9" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A10" s="2"/>
       <c r="B10" s="2"/>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
-    <row r="11" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="11" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A11" s="5" t="s">
         <v>7</v>
       </c>
       <c r="B11" s="5"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
-    <row r="12" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="12" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A12" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="5"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
-    <row r="13" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="13" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A13" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="5"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
-    <row r="14" spans="1:16" ht="9" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="14" spans="1:16" ht="9" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A14" s="5"/>
       <c r="B14" s="5"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
-    <row r="15" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="15" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A15" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B15" s="3"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
-    <row r="16" spans="1:16" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:16" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A16" s="3"/>
       <c r="B16" s="3"/>
       <c r="C16" s="3"/>
       <c r="D16" s="3"/>
       <c r="E16" s="3"/>
       <c r="F16" s="4"/>
       <c r="G16" s="4"/>
       <c r="H16" s="4"/>
     </row>
-    <row r="17" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="80" t="s">
         <v>15</v>
       </c>
       <c r="B17" s="83" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="72" t="s">
         <v>10</v>
       </c>
       <c r="D17" s="86" t="s">
         <v>40</v>
       </c>
       <c r="E17" s="74" t="s">
         <v>11</v>
       </c>
       <c r="F17" s="74" t="s">
         <v>12</v>
       </c>
       <c r="G17" s="86" t="s">
         <v>41</v>
       </c>
       <c r="H17" s="76" t="s">
         <v>13</v>
       </c>
       <c r="I17" s="78" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="18" spans="1:17" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:17" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A18" s="81"/>
       <c r="B18" s="84"/>
       <c r="C18" s="73"/>
       <c r="D18" s="87"/>
       <c r="E18" s="75"/>
       <c r="F18" s="75"/>
       <c r="G18" s="87"/>
       <c r="H18" s="77"/>
       <c r="I18" s="79"/>
     </row>
-    <row r="19" spans="1:17" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:17" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A19" s="82"/>
       <c r="B19" s="85"/>
       <c r="C19" s="31"/>
       <c r="D19" s="32"/>
       <c r="E19" s="32"/>
       <c r="F19" s="32"/>
       <c r="G19" s="33"/>
       <c r="H19" s="34"/>
       <c r="I19" s="27"/>
     </row>
-    <row r="20" spans="1:17" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:17" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="88" t="s">
         <v>42</v>
       </c>
       <c r="B20" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C20" s="48"/>
       <c r="D20" s="48"/>
       <c r="E20" s="48"/>
       <c r="F20" s="48"/>
       <c r="G20" s="49"/>
       <c r="H20" s="50"/>
       <c r="I20" s="90"/>
       <c r="K20">
         <f>IF(C20&lt;&gt;0,HLOOKUP(C$17,$K$1:$P$4,$K$8,0),0)</f>
         <v>0</v>
       </c>
       <c r="L20">
         <f t="shared" ref="L20:P20" si="0">IF(D20&lt;&gt;0,HLOOKUP(D$17,$K$1:$P$4,$K$8,0),0)</f>
         <v>0</v>
       </c>
       <c r="M20">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="N20">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="O20">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="P20">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="Q20">
         <f>MAX(K20:P20)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="21" spans="1:17" ht="31.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:17" ht="31.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A21" s="89"/>
       <c r="B21" s="12" t="s">
         <v>25</v>
       </c>
       <c r="C21" s="51"/>
       <c r="D21" s="51"/>
       <c r="E21" s="51"/>
       <c r="F21" s="51"/>
       <c r="G21" s="49"/>
       <c r="H21" s="50"/>
       <c r="I21" s="91"/>
       <c r="K21">
         <f t="shared" ref="K21:K35" si="1">IF(C21&lt;&gt;0,HLOOKUP(C$17,$K$1:$P$4,$K$8,0),0)</f>
         <v>0</v>
       </c>
       <c r="L21">
         <f t="shared" ref="L21:L36" si="2">IF(D21&lt;&gt;0,HLOOKUP(D$17,$K$1:$P$4,$K$8,0),0)</f>
         <v>0</v>
       </c>
       <c r="M21">
         <f t="shared" ref="M21:M35" si="3">IF(E21&lt;&gt;0,HLOOKUP(E$17,$K$1:$P$4,$K$8,0),0)</f>
         <v>0</v>
       </c>
       <c r="N21">
         <f t="shared" ref="N21:N35" si="4">IF(F21&lt;&gt;0,HLOOKUP(F$17,$K$1:$P$4,$K$8,0),0)</f>
         <v>0</v>
       </c>
       <c r="O21">
         <f t="shared" ref="O21:O35" si="5">IF(G21&lt;&gt;0,HLOOKUP(G$17,$K$1:$P$4,$K$8,0),0)</f>
         <v>0</v>
       </c>
       <c r="P21">
         <f t="shared" ref="P21:P35" si="6">IF(H21&lt;&gt;0,HLOOKUP(H$17,$K$1:$P$4,$K$8,0),0)</f>
         <v>0</v>
       </c>
       <c r="Q21">
         <f t="shared" ref="Q21:Q35" si="7">MAX(K21:P21)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="22" spans="1:17" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:17" ht="42.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="88" t="s">
         <v>43</v>
       </c>
       <c r="B22" s="16" t="s">
         <v>38</v>
       </c>
       <c r="C22" s="52"/>
       <c r="D22" s="52"/>
       <c r="E22" s="52"/>
       <c r="F22" s="52"/>
       <c r="G22" s="53"/>
       <c r="H22" s="50"/>
       <c r="I22" s="90"/>
       <c r="K22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="M22">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="N22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="O22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="P22">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Q22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="23" spans="1:17" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:17" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A23" s="89"/>
       <c r="B23" s="17" t="s">
         <v>28</v>
       </c>
       <c r="C23" s="54"/>
       <c r="D23" s="54"/>
       <c r="E23" s="54"/>
       <c r="F23" s="54"/>
       <c r="G23" s="55"/>
       <c r="H23" s="50"/>
       <c r="I23" s="91"/>
       <c r="K23">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L23">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="M23">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="N23">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="O23">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="P23">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Q23">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="24" spans="1:17" ht="41.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:17" ht="41.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="88" t="s">
         <v>44</v>
       </c>
       <c r="B24" s="16" t="s">
         <v>29</v>
       </c>
       <c r="C24" s="52"/>
       <c r="D24" s="52"/>
       <c r="E24" s="52"/>
       <c r="F24" s="52"/>
       <c r="G24" s="53"/>
       <c r="H24" s="50"/>
       <c r="I24" s="90"/>
       <c r="K24">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L24">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="M24">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="N24">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="O24">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="P24">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Q24">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="25" spans="1:17" ht="42" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:17" ht="42" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A25" s="89"/>
       <c r="B25" s="17" t="s">
         <v>30</v>
       </c>
       <c r="C25" s="54"/>
       <c r="D25" s="54"/>
       <c r="E25" s="54"/>
       <c r="F25" s="54"/>
       <c r="G25" s="55"/>
       <c r="H25" s="50"/>
       <c r="I25" s="91"/>
       <c r="K25">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L25">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="M25">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="N25">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="O25">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="P25">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Q25">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="26" spans="1:17" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:17" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A26" s="88" t="s">
         <v>53</v>
       </c>
       <c r="B26" s="16" t="s">
         <v>31</v>
       </c>
       <c r="C26" s="52"/>
       <c r="D26" s="52"/>
       <c r="E26" s="52"/>
       <c r="F26" s="52"/>
       <c r="G26" s="52"/>
       <c r="H26" s="50"/>
       <c r="I26" s="92"/>
       <c r="K26">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L26">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="M26">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="N26">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="O26">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="P26">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Q26">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="27" spans="1:17" ht="45.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:17" ht="45.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A27" s="89"/>
       <c r="B27" s="12" t="s">
         <v>17</v>
       </c>
       <c r="C27" s="54"/>
       <c r="D27" s="54"/>
       <c r="E27" s="54"/>
       <c r="F27" s="54"/>
       <c r="G27" s="52"/>
       <c r="H27" s="50"/>
       <c r="I27" s="93"/>
       <c r="K27">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L27">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="M27">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="N27">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="O27">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="P27">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Q27">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="28" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="88" t="s">
         <v>45</v>
       </c>
       <c r="B28" s="16" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="52"/>
       <c r="D28" s="52"/>
       <c r="E28" s="52"/>
       <c r="F28" s="52"/>
       <c r="G28" s="52"/>
       <c r="H28" s="50"/>
       <c r="I28" s="92"/>
       <c r="K28">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L28">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="M28">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="N28">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="O28">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="P28">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Q28">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="29" spans="1:17" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:17" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A29" s="89"/>
       <c r="B29" s="17" t="s">
         <v>19</v>
       </c>
       <c r="C29" s="51"/>
       <c r="D29" s="51"/>
       <c r="E29" s="51"/>
       <c r="F29" s="51"/>
       <c r="G29" s="51"/>
       <c r="H29" s="50"/>
       <c r="I29" s="93"/>
       <c r="K29">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L29">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="M29">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="N29">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="O29">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="P29">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Q29">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="30" spans="1:17" ht="42.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:17" ht="42.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A30" s="88" t="s">
         <v>46</v>
       </c>
       <c r="B30" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C30" s="52"/>
       <c r="D30" s="52"/>
       <c r="E30" s="52"/>
       <c r="F30" s="52"/>
       <c r="G30" s="52"/>
       <c r="H30" s="50"/>
       <c r="I30" s="92"/>
       <c r="K30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L30">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="M30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="N30">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="O30">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="P30">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Q30">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="31" spans="1:17" ht="37.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:17" ht="37.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A31" s="89"/>
       <c r="B31" s="12" t="s">
         <v>24</v>
       </c>
       <c r="C31" s="54"/>
       <c r="D31" s="54"/>
       <c r="E31" s="54"/>
       <c r="F31" s="54"/>
       <c r="G31" s="52"/>
       <c r="H31" s="50"/>
       <c r="I31" s="93"/>
       <c r="K31">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L31">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="M31">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="N31">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="O31">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="P31">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Q31">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="32" spans="1:17" ht="39" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:17" ht="39" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A32" s="88" t="s">
         <v>47</v>
       </c>
       <c r="B32" s="8" t="s">
         <v>21</v>
       </c>
       <c r="C32" s="52"/>
       <c r="D32" s="52"/>
       <c r="E32" s="52"/>
       <c r="F32" s="52"/>
       <c r="G32" s="52"/>
       <c r="H32" s="50"/>
       <c r="I32" s="92"/>
       <c r="K32">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L32">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="M32">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="N32">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="O32">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="P32">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Q32">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="33" spans="1:17" ht="35.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:17" ht="35.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A33" s="89"/>
       <c r="B33" s="12" t="s">
         <v>22</v>
       </c>
       <c r="C33" s="54"/>
       <c r="D33" s="54"/>
       <c r="E33" s="54"/>
       <c r="F33" s="54"/>
       <c r="G33" s="52"/>
       <c r="H33" s="50"/>
       <c r="I33" s="93"/>
       <c r="K33">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L33">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="M33">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="N33">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="O33">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="P33">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Q33">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="34" spans="1:17" ht="35.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:17" ht="35.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A34" s="94" t="s">
         <v>48</v>
       </c>
       <c r="B34" s="8" t="s">
         <v>23</v>
       </c>
       <c r="C34" s="52"/>
       <c r="D34" s="52"/>
       <c r="E34" s="52"/>
       <c r="F34" s="52"/>
       <c r="G34" s="52"/>
       <c r="H34" s="50"/>
       <c r="I34" s="92"/>
       <c r="K34">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L34">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="M34">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="N34">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="O34">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="P34">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Q34">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="35" spans="1:17" ht="39" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="35" spans="1:17" ht="39" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A35" s="95"/>
       <c r="B35" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C35" s="51"/>
       <c r="D35" s="51"/>
       <c r="E35" s="51"/>
       <c r="F35" s="51"/>
       <c r="G35" s="52"/>
       <c r="H35" s="50"/>
       <c r="I35" s="93"/>
       <c r="K35">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L35">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="M35">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="N35">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="O35">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="P35">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Q35">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="36" spans="1:17" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:17" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A36" s="21" t="s">
         <v>3</v>
       </c>
       <c r="B36" s="22"/>
       <c r="C36" s="23"/>
       <c r="D36" s="23"/>
       <c r="E36" s="23"/>
       <c r="F36" s="23"/>
       <c r="G36" s="23"/>
       <c r="H36" s="23"/>
       <c r="I36" s="24"/>
       <c r="L36">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="Q36">
         <f>SUM(Q20:Q35)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="37" spans="1:17" ht="38.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:17" ht="38.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A37" s="88" t="s">
         <v>49</v>
       </c>
       <c r="B37" s="8" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="52"/>
       <c r="D37" s="52"/>
       <c r="E37" s="52"/>
       <c r="F37" s="52"/>
       <c r="G37" s="52"/>
       <c r="H37" s="52"/>
       <c r="I37" s="92"/>
       <c r="K37">
         <f>IF(C37&lt;&gt;0,HLOOKUP(C$17,$K$1:$P$5,$L$8,0),0)</f>
         <v>0</v>
       </c>
       <c r="L37">
         <f t="shared" ref="L37:P37" si="8">IF(D37&lt;&gt;0,HLOOKUP(D$17,$K$1:$P$5,$L$8,0),0)</f>
         <v>0</v>
       </c>
       <c r="M37">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="N37">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="O37">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="P37">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Q37">
         <f>MAX(K37:P37)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="38" spans="1:17" ht="39" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:17" ht="39" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A38" s="89"/>
       <c r="B38" s="25" t="s">
         <v>33</v>
       </c>
       <c r="C38" s="51"/>
       <c r="D38" s="51"/>
       <c r="E38" s="51"/>
       <c r="F38" s="51"/>
       <c r="G38" s="51"/>
       <c r="H38" s="52"/>
       <c r="I38" s="93"/>
       <c r="K38">
         <f t="shared" ref="K38:K44" si="9">IF(C38&lt;&gt;0,HLOOKUP(C$17,$K$1:$P$5,$L$8,0),0)</f>
         <v>0</v>
       </c>
       <c r="L38">
         <f t="shared" ref="L38:L44" si="10">IF(D38&lt;&gt;0,HLOOKUP(D$17,$K$1:$P$5,$L$8,0),0)</f>
         <v>0</v>
       </c>
       <c r="M38">
         <f t="shared" ref="M38:M44" si="11">IF(E38&lt;&gt;0,HLOOKUP(E$17,$K$1:$P$5,$L$8,0),0)</f>
         <v>0</v>
       </c>
       <c r="N38">
         <f t="shared" ref="N38:N44" si="12">IF(F38&lt;&gt;0,HLOOKUP(F$17,$K$1:$P$5,$L$8,0),0)</f>
         <v>0</v>
       </c>
       <c r="O38">
         <f t="shared" ref="O38:O44" si="13">IF(G38&lt;&gt;0,HLOOKUP(G$17,$K$1:$P$5,$L$8,0),0)</f>
         <v>0</v>
       </c>
       <c r="P38">
         <f t="shared" ref="P38:P44" si="14">IF(H38&lt;&gt;0,HLOOKUP(H$17,$K$1:$P$5,$L$8,0),0)</f>
         <v>0</v>
       </c>
       <c r="Q38">
         <f t="shared" ref="Q38:Q44" si="15">MAX(K38:P38)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="39" spans="1:17" ht="41.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:17" ht="41.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A39" s="88" t="s">
         <v>50</v>
       </c>
       <c r="B39" s="26" t="s">
         <v>39</v>
       </c>
       <c r="C39" s="52"/>
       <c r="D39" s="52"/>
       <c r="E39" s="52"/>
       <c r="F39" s="52"/>
       <c r="G39" s="52"/>
       <c r="H39" s="52"/>
       <c r="I39" s="92"/>
       <c r="K39">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="L39">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="M39">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="N39">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O39">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="P39">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="Q39">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
     </row>
-    <row r="40" spans="1:17" ht="41.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:17" ht="41.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A40" s="89"/>
       <c r="B40" s="25" t="s">
         <v>34</v>
       </c>
       <c r="C40" s="54"/>
       <c r="D40" s="54"/>
       <c r="E40" s="54"/>
       <c r="F40" s="54"/>
       <c r="G40" s="54"/>
       <c r="H40" s="52"/>
       <c r="I40" s="93"/>
       <c r="K40">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="L40">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="M40">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="N40">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O40">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="P40">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="Q40">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
     </row>
-    <row r="41" spans="1:17" ht="40.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="41" spans="1:17" ht="40.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A41" s="88" t="s">
         <v>51</v>
       </c>
       <c r="B41" s="26" t="s">
         <v>35</v>
       </c>
       <c r="C41" s="52"/>
       <c r="D41" s="52"/>
       <c r="E41" s="52"/>
       <c r="F41" s="52"/>
       <c r="G41" s="52"/>
       <c r="H41" s="52"/>
       <c r="I41" s="92"/>
       <c r="K41">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="L41">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="M41">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="N41">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O41">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="P41">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="Q41">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
     </row>
-    <row r="42" spans="1:17" ht="36.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="42" spans="1:17" ht="36.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A42" s="89"/>
       <c r="B42" s="25" t="s">
         <v>27</v>
       </c>
       <c r="C42" s="54"/>
       <c r="D42" s="54"/>
       <c r="E42" s="54"/>
       <c r="F42" s="54"/>
       <c r="G42" s="54"/>
       <c r="H42" s="52"/>
       <c r="I42" s="93"/>
       <c r="K42">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="L42">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="M42">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="N42">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O42">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="P42">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="Q42">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
     </row>
-    <row r="43" spans="1:17" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="43" spans="1:17" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A43" s="88" t="s">
         <v>52</v>
       </c>
       <c r="B43" s="26" t="s">
         <v>37</v>
       </c>
       <c r="C43" s="52"/>
       <c r="D43" s="52"/>
       <c r="E43" s="52"/>
       <c r="F43" s="52"/>
       <c r="G43" s="52"/>
       <c r="H43" s="52"/>
       <c r="I43" s="92"/>
       <c r="K43">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="L43">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="M43">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="N43">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O43">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="P43">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="Q43">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
     </row>
-    <row r="44" spans="1:17" ht="35.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="44" spans="1:17" ht="35.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A44" s="89"/>
       <c r="B44" s="25" t="s">
         <v>36</v>
       </c>
       <c r="C44" s="51"/>
       <c r="D44" s="51"/>
       <c r="E44" s="51"/>
       <c r="F44" s="51"/>
       <c r="G44" s="51"/>
       <c r="H44" s="52"/>
       <c r="I44" s="93"/>
       <c r="K44">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="L44">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="M44">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="N44">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O44">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="P44">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="Q44">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
     </row>
-    <row r="45" spans="1:17" ht="9.75" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="46" spans="1:17" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:17" ht="9.75" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="46" spans="1:17" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A46" s="96" t="s">
         <v>61</v>
       </c>
       <c r="B46" s="96"/>
       <c r="C46" s="97"/>
       <c r="D46" s="7"/>
       <c r="F46" s="98" t="s">
         <v>2</v>
       </c>
       <c r="G46" s="99"/>
       <c r="H46" s="99"/>
       <c r="I46" s="100"/>
       <c r="Q46">
         <f>SUM(Q37:Q44)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="47" spans="1:17" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:17" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A47" s="56"/>
       <c r="B47" s="57"/>
       <c r="C47" s="57"/>
       <c r="D47" s="7"/>
       <c r="F47" s="58"/>
       <c r="G47" s="58"/>
       <c r="H47" s="58"/>
       <c r="I47" s="58"/>
     </row>
-    <row r="48" spans="1:17" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:17" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A48" s="40" t="s">
         <v>58</v>
       </c>
       <c r="B48" s="41"/>
       <c r="C48" s="59">
         <f>Q36+Q46</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1"/>
   <mergeCells count="44">
     <mergeCell ref="A46:C46"/>
     <mergeCell ref="F46:I46"/>
     <mergeCell ref="A39:A40"/>
     <mergeCell ref="I39:I40"/>
     <mergeCell ref="A41:A42"/>
     <mergeCell ref="I41:I42"/>
     <mergeCell ref="A43:A44"/>
     <mergeCell ref="I43:I44"/>
     <mergeCell ref="A32:A33"/>
     <mergeCell ref="I32:I33"/>
     <mergeCell ref="A34:A35"/>
     <mergeCell ref="I34:I35"/>
     <mergeCell ref="A37:A38"/>
@@ -3494,809 +3494,809 @@
     <mergeCell ref="A4:I4"/>
     <mergeCell ref="A6:E6"/>
     <mergeCell ref="F6:H6"/>
     <mergeCell ref="A7:E7"/>
     <mergeCell ref="F7:H7"/>
   </mergeCells>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="I8" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>$M$6:$M$7</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.95" right="0.15748031496062992" top="0.19685039370078741" bottom="0.23622047244094491" header="0.15748031496062992" footer="0.15748031496062992"/>
   <pageSetup paperSize="9" scale="60" fitToHeight="3" orientation="landscape" horizontalDpi="4294967294" verticalDpi="4294967294" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="35" max="8" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Plan2"/>
   <dimension ref="A1:H58"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
+    <sheetView topLeftCell="A40" workbookViewId="0">
       <selection activeCell="C46" sqref="C46:H46"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="34.140625" bestFit="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="8" max="8" width="12.85546875" customWidth="1"/>
+    <col min="1" max="1" width="34.109375" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="30.6640625" customWidth="1"/>
+    <col min="3" max="3" width="13.5546875" customWidth="1"/>
+    <col min="4" max="5" width="11.88671875" customWidth="1"/>
+    <col min="6" max="6" width="11.6640625" customWidth="1"/>
+    <col min="7" max="7" width="11.88671875" customWidth="1"/>
+    <col min="8" max="8" width="12.88671875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="2" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="2" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A2" s="80" t="s">
         <v>15</v>
       </c>
       <c r="B2" s="101" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="72" t="s">
         <v>10</v>
       </c>
       <c r="D2" s="86" t="s">
         <v>40</v>
       </c>
       <c r="E2" s="74" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="74" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="86" t="s">
         <v>41</v>
       </c>
       <c r="H2" s="76" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="3" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A3" s="81"/>
       <c r="B3" s="102"/>
       <c r="C3" s="73"/>
       <c r="D3" s="87"/>
       <c r="E3" s="75"/>
       <c r="F3" s="75"/>
       <c r="G3" s="87"/>
       <c r="H3" s="77"/>
     </row>
-    <row r="4" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A4" s="82"/>
       <c r="B4" s="103"/>
       <c r="C4" s="31">
         <v>0</v>
       </c>
       <c r="D4" s="32">
         <v>0.125</v>
       </c>
       <c r="E4" s="32">
         <v>0.25</v>
       </c>
       <c r="F4" s="32">
         <v>0.375</v>
       </c>
       <c r="G4" s="33">
         <v>0.5</v>
       </c>
       <c r="H4" s="34">
         <v>0.625</v>
       </c>
     </row>
-    <row r="5" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:8" ht="20.399999999999999" x14ac:dyDescent="0.3">
       <c r="A5" s="88" t="s">
         <v>42</v>
       </c>
       <c r="B5" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="29"/>
       <c r="D5" s="29"/>
       <c r="E5" s="29"/>
       <c r="F5" s="29"/>
       <c r="G5" s="30"/>
       <c r="H5" s="28"/>
     </row>
-    <row r="6" spans="1:8" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:8" ht="21" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A6" s="89"/>
       <c r="B6" s="12" t="s">
         <v>25</v>
       </c>
       <c r="C6" s="13"/>
       <c r="D6" s="13"/>
       <c r="E6" s="13"/>
       <c r="F6" s="13"/>
       <c r="G6" s="14"/>
       <c r="H6" s="15"/>
     </row>
-    <row r="7" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A7" s="88" t="s">
         <v>43</v>
       </c>
       <c r="B7" s="16" t="s">
         <v>38</v>
       </c>
       <c r="C7" s="9"/>
       <c r="D7" s="9"/>
       <c r="E7" s="9"/>
       <c r="F7" s="9"/>
       <c r="G7" s="10"/>
       <c r="H7" s="11"/>
     </row>
-    <row r="8" spans="1:8" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:8" ht="21" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A8" s="89"/>
       <c r="B8" s="17" t="s">
         <v>28</v>
       </c>
       <c r="C8" s="18"/>
       <c r="D8" s="18"/>
       <c r="E8" s="18"/>
       <c r="F8" s="18"/>
       <c r="G8" s="19"/>
       <c r="H8" s="20"/>
     </row>
-    <row r="9" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:8" ht="20.399999999999999" x14ac:dyDescent="0.3">
       <c r="A9" s="88" t="s">
         <v>44</v>
       </c>
       <c r="B9" s="16" t="s">
         <v>29</v>
       </c>
       <c r="C9" s="9"/>
       <c r="D9" s="9"/>
       <c r="E9" s="9"/>
       <c r="F9" s="9"/>
       <c r="G9" s="10"/>
       <c r="H9" s="11"/>
     </row>
-    <row r="10" spans="1:8" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:8" ht="21" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A10" s="89"/>
       <c r="B10" s="17" t="s">
         <v>30</v>
       </c>
       <c r="C10" s="18"/>
       <c r="D10" s="18"/>
       <c r="E10" s="18"/>
       <c r="F10" s="18"/>
       <c r="G10" s="19"/>
       <c r="H10" s="20"/>
     </row>
-    <row r="11" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:8" ht="20.399999999999999" x14ac:dyDescent="0.3">
       <c r="A11" s="88" t="s">
         <v>53</v>
       </c>
       <c r="B11" s="16" t="s">
         <v>31</v>
       </c>
       <c r="C11" s="9"/>
       <c r="D11" s="9"/>
       <c r="E11" s="9"/>
       <c r="F11" s="9"/>
       <c r="G11" s="9"/>
       <c r="H11" s="9"/>
     </row>
-    <row r="12" spans="1:8" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:8" ht="21" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A12" s="89"/>
       <c r="B12" s="12" t="s">
         <v>17</v>
       </c>
       <c r="C12" s="18"/>
       <c r="D12" s="18"/>
       <c r="E12" s="18"/>
       <c r="F12" s="18"/>
       <c r="G12" s="18"/>
       <c r="H12" s="18"/>
     </row>
-    <row r="13" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:8" ht="20.399999999999999" x14ac:dyDescent="0.3">
       <c r="A13" s="88" t="s">
         <v>45</v>
       </c>
       <c r="B13" s="16" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="9"/>
       <c r="D13" s="9"/>
       <c r="E13" s="9"/>
       <c r="F13" s="9"/>
       <c r="G13" s="9"/>
       <c r="H13" s="9"/>
     </row>
-    <row r="14" spans="1:8" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:8" ht="21" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A14" s="89"/>
       <c r="B14" s="17" t="s">
         <v>19</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="13"/>
       <c r="G14" s="13"/>
       <c r="H14" s="13"/>
     </row>
-    <row r="15" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:8" ht="20.399999999999999" x14ac:dyDescent="0.3">
       <c r="A15" s="88" t="s">
         <v>46</v>
       </c>
       <c r="B15" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C15" s="9"/>
       <c r="D15" s="9"/>
       <c r="E15" s="9"/>
       <c r="F15" s="9"/>
       <c r="G15" s="9"/>
       <c r="H15" s="9"/>
     </row>
-    <row r="16" spans="1:8" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:8" ht="21" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A16" s="89"/>
       <c r="B16" s="12" t="s">
         <v>24</v>
       </c>
       <c r="C16" s="18"/>
       <c r="D16" s="18"/>
       <c r="E16" s="18"/>
       <c r="F16" s="18"/>
       <c r="G16" s="18"/>
       <c r="H16" s="18"/>
     </row>
-    <row r="17" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A17" s="88" t="s">
         <v>47</v>
       </c>
       <c r="B17" s="8" t="s">
         <v>21</v>
       </c>
       <c r="C17" s="9"/>
       <c r="D17" s="9"/>
       <c r="E17" s="9"/>
       <c r="F17" s="9"/>
       <c r="G17" s="9"/>
       <c r="H17" s="9"/>
     </row>
-    <row r="18" spans="1:8" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:8" ht="21" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A18" s="89"/>
       <c r="B18" s="12" t="s">
         <v>22</v>
       </c>
       <c r="C18" s="18"/>
       <c r="D18" s="18"/>
       <c r="E18" s="18"/>
       <c r="F18" s="18"/>
       <c r="G18" s="18"/>
       <c r="H18" s="18"/>
     </row>
-    <row r="19" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:8" ht="20.399999999999999" x14ac:dyDescent="0.3">
       <c r="A19" s="94" t="s">
         <v>48</v>
       </c>
       <c r="B19" s="8" t="s">
         <v>23</v>
       </c>
       <c r="C19" s="9"/>
       <c r="D19" s="9"/>
       <c r="E19" s="9"/>
       <c r="F19" s="9"/>
       <c r="G19" s="9"/>
       <c r="H19" s="9"/>
     </row>
-    <row r="20" spans="1:8" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:8" ht="21" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A20" s="95"/>
       <c r="B20" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="13"/>
       <c r="G20" s="13"/>
       <c r="H20" s="13"/>
     </row>
-    <row r="22" spans="1:8" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:8" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A22" s="104" t="s">
         <v>54</v>
       </c>
       <c r="B22" s="104"/>
       <c r="C22" s="104"/>
       <c r="D22" s="104"/>
       <c r="E22" s="104"/>
       <c r="F22" s="104"/>
       <c r="G22" s="104"/>
       <c r="H22" s="104"/>
     </row>
-    <row r="23" spans="1:8" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="24" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:8" ht="15.6" thickTop="1" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="24" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A24" s="80" t="s">
         <v>15</v>
       </c>
       <c r="B24" s="83" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="72" t="s">
         <v>10</v>
       </c>
       <c r="D24" s="86" t="s">
         <v>40</v>
       </c>
       <c r="E24" s="74" t="s">
         <v>11</v>
       </c>
       <c r="F24" s="74" t="s">
         <v>12</v>
       </c>
       <c r="G24" s="86" t="s">
         <v>41</v>
       </c>
       <c r="H24" s="76" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="25" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A25" s="81"/>
       <c r="B25" s="84"/>
       <c r="C25" s="73"/>
       <c r="D25" s="87"/>
       <c r="E25" s="75"/>
       <c r="F25" s="75"/>
       <c r="G25" s="87"/>
       <c r="H25" s="77"/>
     </row>
-    <row r="26" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A26" s="82"/>
       <c r="B26" s="85"/>
       <c r="C26" s="31">
         <v>0</v>
       </c>
       <c r="D26" s="32">
         <v>7.4999999999999997E-2</v>
       </c>
       <c r="E26" s="32">
         <v>0.15</v>
       </c>
       <c r="F26" s="32">
         <v>0.22500000000000001</v>
       </c>
       <c r="G26" s="33">
         <v>0.3</v>
       </c>
       <c r="H26" s="34">
         <v>0.375</v>
       </c>
     </row>
-    <row r="27" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:8" ht="20.399999999999999" x14ac:dyDescent="0.3">
       <c r="A27" s="88" t="s">
         <v>42</v>
       </c>
       <c r="B27" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C27" s="29"/>
       <c r="D27" s="29"/>
       <c r="E27" s="29"/>
       <c r="F27" s="29"/>
       <c r="G27" s="30"/>
       <c r="H27" s="28"/>
     </row>
-    <row r="28" spans="1:8" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:8" ht="21" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A28" s="89"/>
       <c r="B28" s="12" t="s">
         <v>25</v>
       </c>
       <c r="C28" s="13"/>
       <c r="D28" s="13"/>
       <c r="E28" s="13"/>
       <c r="F28" s="13"/>
       <c r="G28" s="14"/>
       <c r="H28" s="15"/>
     </row>
-    <row r="29" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A29" s="88" t="s">
         <v>43</v>
       </c>
       <c r="B29" s="16" t="s">
         <v>38</v>
       </c>
       <c r="C29" s="9"/>
       <c r="D29" s="9"/>
       <c r="E29" s="9"/>
       <c r="F29" s="9"/>
       <c r="G29" s="10"/>
       <c r="H29" s="11"/>
     </row>
-    <row r="30" spans="1:8" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:8" ht="21" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A30" s="89"/>
       <c r="B30" s="17" t="s">
         <v>28</v>
       </c>
       <c r="C30" s="18"/>
       <c r="D30" s="18"/>
       <c r="E30" s="18"/>
       <c r="F30" s="18"/>
       <c r="G30" s="19"/>
       <c r="H30" s="20"/>
     </row>
-    <row r="31" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:8" ht="20.399999999999999" x14ac:dyDescent="0.3">
       <c r="A31" s="88" t="s">
         <v>44</v>
       </c>
       <c r="B31" s="16" t="s">
         <v>29</v>
       </c>
       <c r="C31" s="9"/>
       <c r="D31" s="9"/>
       <c r="E31" s="9"/>
       <c r="F31" s="9"/>
       <c r="G31" s="10"/>
       <c r="H31" s="11"/>
     </row>
-    <row r="32" spans="1:8" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:8" ht="21" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A32" s="89"/>
       <c r="B32" s="17" t="s">
         <v>30</v>
       </c>
       <c r="C32" s="18"/>
       <c r="D32" s="18"/>
       <c r="E32" s="18"/>
       <c r="F32" s="18"/>
       <c r="G32" s="19"/>
       <c r="H32" s="20"/>
     </row>
-    <row r="33" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:8" ht="20.399999999999999" x14ac:dyDescent="0.3">
       <c r="A33" s="88" t="s">
         <v>53</v>
       </c>
       <c r="B33" s="16" t="s">
         <v>31</v>
       </c>
       <c r="C33" s="9"/>
       <c r="D33" s="9"/>
       <c r="E33" s="9"/>
       <c r="F33" s="9"/>
       <c r="G33" s="9"/>
       <c r="H33" s="9"/>
     </row>
-    <row r="34" spans="1:8" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:8" ht="21" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A34" s="89"/>
       <c r="B34" s="12" t="s">
         <v>17</v>
       </c>
       <c r="C34" s="18"/>
       <c r="D34" s="18"/>
       <c r="E34" s="18"/>
       <c r="F34" s="18"/>
       <c r="G34" s="18"/>
       <c r="H34" s="18"/>
     </row>
-    <row r="35" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:8" ht="20.399999999999999" x14ac:dyDescent="0.3">
       <c r="A35" s="88" t="s">
         <v>45</v>
       </c>
       <c r="B35" s="16" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="9"/>
       <c r="D35" s="9"/>
       <c r="E35" s="9"/>
       <c r="F35" s="9"/>
       <c r="G35" s="9"/>
       <c r="H35" s="9"/>
     </row>
-    <row r="36" spans="1:8" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:8" ht="21" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A36" s="89"/>
       <c r="B36" s="17" t="s">
         <v>19</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="13"/>
       <c r="G36" s="13"/>
       <c r="H36" s="13"/>
     </row>
-    <row r="37" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:8" ht="20.399999999999999" x14ac:dyDescent="0.3">
       <c r="A37" s="88" t="s">
         <v>46</v>
       </c>
       <c r="B37" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C37" s="9"/>
       <c r="D37" s="9"/>
       <c r="E37" s="9"/>
       <c r="F37" s="9"/>
       <c r="G37" s="9"/>
       <c r="H37" s="9"/>
     </row>
-    <row r="38" spans="1:8" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:8" ht="21" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A38" s="89"/>
       <c r="B38" s="12" t="s">
         <v>24</v>
       </c>
       <c r="C38" s="18"/>
       <c r="D38" s="18"/>
       <c r="E38" s="18"/>
       <c r="F38" s="18"/>
       <c r="G38" s="18"/>
       <c r="H38" s="18"/>
     </row>
-    <row r="39" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A39" s="88" t="s">
         <v>47</v>
       </c>
       <c r="B39" s="8" t="s">
         <v>21</v>
       </c>
       <c r="C39" s="9"/>
       <c r="D39" s="9"/>
       <c r="E39" s="9"/>
       <c r="F39" s="9"/>
       <c r="G39" s="9"/>
       <c r="H39" s="9"/>
     </row>
-    <row r="40" spans="1:8" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:8" ht="21" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A40" s="89"/>
       <c r="B40" s="12" t="s">
         <v>22</v>
       </c>
       <c r="C40" s="18"/>
       <c r="D40" s="18"/>
       <c r="E40" s="18"/>
       <c r="F40" s="18"/>
       <c r="G40" s="18"/>
       <c r="H40" s="18"/>
     </row>
-    <row r="41" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:8" ht="20.399999999999999" x14ac:dyDescent="0.3">
       <c r="A41" s="94" t="s">
         <v>48</v>
       </c>
       <c r="B41" s="8" t="s">
         <v>23</v>
       </c>
       <c r="C41" s="9"/>
       <c r="D41" s="9"/>
       <c r="E41" s="9"/>
       <c r="F41" s="9"/>
       <c r="G41" s="9"/>
       <c r="H41" s="9"/>
     </row>
-    <row r="42" spans="1:8" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="42" spans="1:8" ht="21" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A42" s="95"/>
       <c r="B42" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="13"/>
       <c r="G42" s="13"/>
       <c r="H42" s="13"/>
     </row>
-    <row r="43" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="44" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="44" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A44" s="80" t="s">
         <v>15</v>
       </c>
       <c r="B44" s="83" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="72" t="s">
         <v>10</v>
       </c>
       <c r="D44" s="86" t="s">
         <v>40</v>
       </c>
       <c r="E44" s="74" t="s">
         <v>11</v>
       </c>
       <c r="F44" s="74" t="s">
         <v>12</v>
       </c>
       <c r="G44" s="86" t="s">
         <v>41</v>
       </c>
       <c r="H44" s="76" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="45" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="45" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A45" s="81"/>
       <c r="B45" s="84"/>
       <c r="C45" s="73"/>
       <c r="D45" s="87"/>
       <c r="E45" s="75"/>
       <c r="F45" s="75"/>
       <c r="G45" s="87"/>
       <c r="H45" s="77"/>
     </row>
-    <row r="46" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="46" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A46" s="82"/>
       <c r="B46" s="85"/>
       <c r="C46" s="31">
         <v>0</v>
       </c>
       <c r="D46" s="32">
         <v>0.1</v>
       </c>
       <c r="E46" s="32">
         <v>0.2</v>
       </c>
       <c r="F46" s="32">
         <v>0.3</v>
       </c>
       <c r="G46" s="33">
         <v>0.4</v>
       </c>
       <c r="H46" s="34">
         <v>0.5</v>
       </c>
     </row>
-    <row r="47" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:8" ht="20.399999999999999" x14ac:dyDescent="0.3">
       <c r="A47" s="88" t="s">
         <v>49</v>
       </c>
       <c r="B47" s="8" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="9"/>
       <c r="D47" s="9"/>
       <c r="E47" s="9"/>
       <c r="F47" s="9"/>
       <c r="G47" s="9"/>
       <c r="H47" s="9"/>
     </row>
-    <row r="48" spans="1:8" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="48" spans="1:8" ht="21" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A48" s="89"/>
       <c r="B48" s="25" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="13"/>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="13"/>
       <c r="G48" s="13"/>
       <c r="H48" s="13"/>
     </row>
-    <row r="49" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:8" ht="20.399999999999999" x14ac:dyDescent="0.3">
       <c r="A49" s="88" t="s">
         <v>50</v>
       </c>
       <c r="B49" s="26" t="s">
         <v>39</v>
       </c>
       <c r="C49" s="9"/>
       <c r="D49" s="9"/>
       <c r="E49" s="9"/>
       <c r="F49" s="9"/>
       <c r="G49" s="9"/>
       <c r="H49" s="9"/>
     </row>
-    <row r="50" spans="1:8" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="50" spans="1:8" ht="21" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A50" s="89"/>
       <c r="B50" s="25" t="s">
         <v>34</v>
       </c>
       <c r="C50" s="18"/>
       <c r="D50" s="18"/>
       <c r="E50" s="18"/>
       <c r="F50" s="18"/>
       <c r="G50" s="18"/>
       <c r="H50" s="18"/>
     </row>
-    <row r="51" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:8" ht="20.399999999999999" x14ac:dyDescent="0.3">
       <c r="A51" s="88" t="s">
         <v>51</v>
       </c>
       <c r="B51" s="26" t="s">
         <v>35</v>
       </c>
       <c r="C51" s="9"/>
       <c r="D51" s="9"/>
       <c r="E51" s="9"/>
       <c r="F51" s="9"/>
       <c r="G51" s="9"/>
       <c r="H51" s="9"/>
     </row>
-    <row r="52" spans="1:8" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="52" spans="1:8" ht="21" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A52" s="89"/>
       <c r="B52" s="25" t="s">
         <v>27</v>
       </c>
       <c r="C52" s="18"/>
       <c r="D52" s="18"/>
       <c r="E52" s="18"/>
       <c r="F52" s="18"/>
       <c r="G52" s="18"/>
       <c r="H52" s="18"/>
     </row>
-    <row r="53" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A53" s="88" t="s">
         <v>52</v>
       </c>
       <c r="B53" s="26" t="s">
         <v>37</v>
       </c>
       <c r="C53" s="9"/>
       <c r="D53" s="9"/>
       <c r="E53" s="9"/>
       <c r="F53" s="9"/>
       <c r="G53" s="9"/>
       <c r="H53" s="9"/>
     </row>
-    <row r="54" spans="1:8" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="54" spans="1:8" ht="21" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A54" s="89"/>
       <c r="B54" s="25" t="s">
         <v>36</v>
       </c>
       <c r="C54" s="13"/>
       <c r="D54" s="13"/>
       <c r="E54" s="13"/>
       <c r="F54" s="13"/>
       <c r="G54" s="13"/>
       <c r="H54" s="13"/>
     </row>
-    <row r="55" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="55" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A55" s="35"/>
       <c r="B55" s="35"/>
       <c r="C55" s="35"/>
       <c r="D55" s="35"/>
       <c r="E55" s="35"/>
       <c r="F55" s="35"/>
       <c r="G55" s="35"/>
       <c r="H55" s="35"/>
     </row>
-    <row r="56" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="56" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A56" s="105" t="s">
         <v>1</v>
       </c>
       <c r="B56" s="106"/>
       <c r="C56" s="107"/>
       <c r="D56" s="36"/>
       <c r="E56" s="35"/>
       <c r="F56" s="108" t="s">
         <v>2</v>
       </c>
       <c r="G56" s="109"/>
       <c r="H56" s="110"/>
     </row>
-    <row r="57" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A57" s="35"/>
       <c r="B57" s="35"/>
       <c r="C57" s="35"/>
       <c r="D57" s="35"/>
       <c r="E57" s="35"/>
       <c r="F57" s="35"/>
       <c r="G57" s="35"/>
       <c r="H57" s="35"/>
     </row>
-    <row r="58" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A58" s="35"/>
       <c r="B58" s="35"/>
       <c r="C58" s="35"/>
       <c r="D58" s="35"/>
       <c r="E58" s="35"/>
       <c r="F58" s="35"/>
       <c r="G58" s="35"/>
       <c r="H58" s="35"/>
     </row>
   </sheetData>
   <mergeCells count="47">
     <mergeCell ref="G44:G45"/>
     <mergeCell ref="A37:A38"/>
     <mergeCell ref="A51:A52"/>
     <mergeCell ref="A53:A54"/>
     <mergeCell ref="A56:C56"/>
     <mergeCell ref="F56:H56"/>
     <mergeCell ref="A39:A40"/>
     <mergeCell ref="A41:A42"/>
     <mergeCell ref="A47:A48"/>
     <mergeCell ref="A49:A50"/>
     <mergeCell ref="A44:A46"/>
     <mergeCell ref="H44:H45"/>
     <mergeCell ref="B44:B46"/>
     <mergeCell ref="C44:C45"/>